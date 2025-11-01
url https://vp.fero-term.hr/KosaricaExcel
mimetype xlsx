--- v0 (2025-10-10)
+++ v1 (2025-11-01)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c33c1b0b2b54224" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/73400cde78c9419983513638ce0fe660.psmdcp" Id="Rf7611aa7018241bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b02f01c728041a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6941841fdc2f4271843c2f018f906952.psmdcp" Id="Rafa830242ce244e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Košarica" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7" uniqueCount="7">
   <x:si>
     <x:t>Naziv</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>