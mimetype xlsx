--- v1 (2025-11-01)
+++ v2 (2025-11-25)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b02f01c728041a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6941841fdc2f4271843c2f018f906952.psmdcp" Id="Rafa830242ce244e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2459d5eb83c3452d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4ddbda26eae843eab693132ac1e0fed7.psmdcp" Id="R2c983fb59707411a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Košarica" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7" uniqueCount="7">
   <x:si>
     <x:t>Naziv</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>