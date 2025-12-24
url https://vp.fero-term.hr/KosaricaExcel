--- v2 (2025-11-25)
+++ v3 (2025-12-24)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2459d5eb83c3452d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4ddbda26eae843eab693132ac1e0fed7.psmdcp" Id="R2c983fb59707411a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0bf87db98cc04600" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/96f2ba4158804a24aaec5e841f4d8bd9.psmdcp" Id="R9acd6f4ba3bd44c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Košarica" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7" uniqueCount="7">
   <x:si>
     <x:t>Naziv</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>