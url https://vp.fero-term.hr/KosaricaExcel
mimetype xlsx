--- v3 (2025-12-24)
+++ v4 (2026-01-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0bf87db98cc04600" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/96f2ba4158804a24aaec5e841f4d8bd9.psmdcp" Id="R9acd6f4ba3bd44c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ebb4a6da0ce48b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e3aeefa0fccc4a328e05cbdf549a2eec.psmdcp" Id="R4de02a735588464f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Košarica" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7" uniqueCount="7">
   <x:si>
     <x:t>Naziv</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>