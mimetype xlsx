--- v4 (2026-01-16)
+++ v5 (2026-02-28)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ebb4a6da0ce48b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e3aeefa0fccc4a328e05cbdf549a2eec.psmdcp" Id="R4de02a735588464f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf45108c314fe4bb8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c16301cba7af4d4fb8dec300376d498c.psmdcp" Id="Rf61704146b6948b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Košarica" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7" uniqueCount="7">
   <x:si>
     <x:t>Naziv</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>