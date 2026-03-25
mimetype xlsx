--- v5 (2026-02-28)
+++ v6 (2026-03-25)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf45108c314fe4bb8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c16301cba7af4d4fb8dec300376d498c.psmdcp" Id="Rf61704146b6948b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a058314c63e406d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/80571b1be1a1457a8bbfadb1b521b4e1.psmdcp" Id="R6079a9c284ef4afe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Košarica" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7" uniqueCount="7">
   <x:si>
     <x:t>Naziv</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>